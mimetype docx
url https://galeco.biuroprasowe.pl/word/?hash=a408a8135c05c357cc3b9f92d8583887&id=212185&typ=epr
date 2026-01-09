--- v0 (2025-11-18)
+++ v1 (2026-01-09)
@@ -44,62 +44,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Galeco, polski producent pokryć dachowych i systemów rynnowych, opublikował drugi odcinek podcastu edukacyjnego przygotowanego wspólnie z ekspertami z grupy 3brody. Materiał poświęcony jest modułowym pokryciom dachowym, ze szczególnym uwzględnieniem innowacyjnego panelu zatrzaskowego GRIN MOD.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
-      <w:hyperlink r:id="rId7" w:history="1">
-[...10 lines deleted...]
-      </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Drugi odcinek cyklu edukacyjnego stanowi kompleksowe źródło wiedzy o nowoczesnych rozwiązaniach w pokryciach dachowych. Doświadczeni rzemieślnicy z grupy 3Brody omawiają zalety systemu GRIN MOD, dzieląc się praktycznymi spostrzeżeniami z realizacji rzeczywistych projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Czy na pewno wiemy, jak rozpoznać prawdziwego profesjonalistę?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>